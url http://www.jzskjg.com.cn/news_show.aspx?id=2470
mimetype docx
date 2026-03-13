--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -36,60 +36,58 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>申报项目清单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>36</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>届全国青少年科技创新大赛—科技创新成果作品</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>报市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>名单（小学作品）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1072,53 +1070,53 @@
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>36</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>届全国青少年科技创新大赛—科技创新成果作品</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>报市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>名单（初中作品）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2075,68 +2073,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>届全国青少年科技创新大赛—科技创新成果作品</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>报市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>名单（高中作品）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -3137,53 +3118,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:firstLine="840" w:firstLineChars="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>36</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>届全国青少年科技创新大赛—科技实践活动</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>报市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>名单</w:t>
@@ -4197,70 +4178,51 @@
     <w:p>
       <w:pPr>
         <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>届全国青少年科技创新大赛—少年儿童科幻画</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>报市名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>单</w:t>
@@ -5287,60 +5249,52 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>第</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>届全国青少年科技创新大赛—</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>辅导员成果报市</w:t>
@@ -5794,158 +5748,145 @@
     <w:p/>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="微软雅黑">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
     <w:rsid w:val="10260D89"/>
     <w:rsid w:val="2ADE71E2"/>
     <w:rsid w:val="2E903063"/>
     <w:rsid w:val="315F0053"/>
     <w:rsid w:val="3E6F5729"/>
     <w:rsid w:val="67BF7574"/>
+    <w:rsid w:val="6DF54246"/>
     <w:rsid w:val="72C0468A"/>
   </w:rsids>
   <m:mathPr>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
@@ -5998,51 +5939,51 @@
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
@@ -6201,50 +6142,51 @@
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="3">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="2">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">